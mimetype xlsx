--- v0 (2025-10-23)
+++ v1 (2025-12-19)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c69f9824704fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef5b399c662d45908973062d1faf24fb.psmdcp" Id="R9f6aa82a985d441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R650829e8ea114969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a26d21433ba4150a20f93785007442f.psmdcp" Id="Ra09102065dac406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Telephone Directory" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="952" uniqueCount="952">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="941" uniqueCount="941">
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Designation</x:t>
   </x:si>
   <x:si>
     <x:t>Phone Office</x:t>
   </x:si>
   <x:si>
     <x:t>Fax/PBX</x:t>
   </x:si>
   <x:si>
     <x:t>Phone Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Mobile</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
@@ -152,122 +152,125 @@
   <x:si>
     <x:t>Und. Secy. (Dy. CM)</x:t>
   </x:si>
   <x:si>
     <x:t>2622880</x:t>
   </x:si>
   <x:si>
     <x:t>391</x:t>
   </x:si>
   <x:si>
     <x:t>9418454321</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Anoop Kr Saklani</x:t>
   </x:si>
   <x:si>
     <x:t>Section Officer</x:t>
   </x:si>
   <x:si>
     <x:t>517</x:t>
   </x:si>
   <x:si>
     <x:t>9418122229</x:t>
   </x:si>
   <x:si>
-    <x:t>Sh. Prabodh Saxena</x:t>
+    <x:t>Sh. Sanjay Gupta</x:t>
   </x:si>
   <x:si>
     <x:t>Chief  Secy.</x:t>
   </x:si>
   <x:si>
     <x:t>2621022</x:t>
   </x:si>
   <x:si>
     <x:t>614</x:t>
   </x:si>
   <x:si>
     <x:t>cs-hp@nic.in</x:t>
   </x:si>
   <x:si>
-    <x:t>Sh. Suresh Kumar</x:t>
+    <x:t>Smt. Santi Devi</x:t>
   </x:si>
   <x:si>
     <x:t>Sr. PS to CS</x:t>
   </x:si>
   <x:si>
     <x:t>714</x:t>
   </x:si>
   <x:si>
     <x:t>2650095</x:t>
   </x:si>
   <x:si>
-    <x:t>9418382210</x:t>
+    <x:t>9418382032</x:t>
   </x:si>
   <x:si>
     <x:t>Smt. Rakhil Kahlon</x:t>
   </x:si>
   <x:si>
     <x:t>Secretary (JSV)</x:t>
   </x:si>
   <x:si>
     <x:t>2621894</x:t>
   </x:si>
   <x:si>
     <x:t>618</x:t>
   </x:si>
   <x:si>
     <x:t>iphsecy-hp@nic.in</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>PA to Secretary (JSV)</x:t>
   </x:si>
   <x:si>
     <x:t>718</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Mahi Pal Verma</x:t>
   </x:si>
   <x:si>
+    <x:t>Addl. Secretary (JSV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2628505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9418487325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smt. Raksha Sharma</x:t>
+  </x:si>
+  <x:si>
     <x:t>Joint Secretary (JSV)</x:t>
   </x:si>
   <x:si>
-    <x:t>2628505</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>2622918</x:t>
   </x:si>
   <x:si>
     <x:t>441</x:t>
   </x:si>
   <x:si>
     <x:t>9418323265</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Ringchin Dorje</x:t>
   </x:si>
   <x:si>
     <x:t>Section Officer JSV (A)</x:t>
   </x:si>
   <x:si>
     <x:t>2880466</x:t>
   </x:si>
   <x:si>
     <x:t>466</x:t>
   </x:si>
   <x:si>
     <x:t>9219514106</x:t>
   </x:si>
   <x:si>
     <x:t>sectionofficeripha@gmail.com</x:t>
@@ -491,149 +494,122 @@
   <x:si>
     <x:t>Smt. Seema Chauhan</x:t>
   </x:si>
   <x:si>
     <x:t>PA to DDL</x:t>
   </x:si>
   <x:si>
     <x:t>502</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Ravinder Kanwar</x:t>
   </x:si>
   <x:si>
     <x:t>Superintendent (Works)</x:t>
   </x:si>
   <x:si>
     <x:t>2633413</x:t>
   </x:si>
   <x:si>
     <x:t>406</x:t>
   </x:si>
   <x:si>
     <x:t>9418310548</x:t>
   </x:si>
   <x:si>
-    <x:t>Sh. Ramesh Thakur*</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Mrs. Anita Mehta</x:t>
   </x:si>
   <x:si>
     <x:t>Superintendent (Bud.)</x:t>
   </x:si>
   <x:si>
     <x:t>509</x:t>
   </x:si>
   <x:si>
     <x:t>9816640094</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Rajesh Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>Superintendent (IFC)</x:t>
   </x:si>
   <x:si>
     <x:t>2633151</x:t>
   </x:si>
   <x:si>
     <x:t>407</x:t>
   </x:si>
   <x:si>
     <x:t>9816339008</x:t>
   </x:si>
   <x:si>
-    <x:t>Sh. Ramesh Thakur</x:t>
+    <x:t>Sh.</x:t>
   </x:si>
   <x:si>
     <x:t>Superintendent (Cash)</x:t>
   </x:si>
   <x:si>
     <x:t>2830279</x:t>
   </x:si>
   <x:si>
     <x:t>415</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Desh Raj Rana</x:t>
   </x:si>
   <x:si>
     <x:t>Superintendent (ES-I)</x:t>
   </x:si>
   <x:si>
     <x:t>2830052</x:t>
   </x:si>
   <x:si>
     <x:t>413/410</x:t>
   </x:si>
   <x:si>
     <x:t>8580757700</x:t>
   </x:si>
   <x:si>
     <x:t>Superintendent (ES-II)</x:t>
   </x:si>
   <x:si>
     <x:t>411</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Ravinder Chauhan</x:t>
   </x:si>
   <x:si>
     <x:t>Superintendent (ES-III)</x:t>
   </x:si>
   <x:si>
     <x:t>419/421</x:t>
   </x:si>
   <x:si>
     <x:t>9418057446</x:t>
   </x:si>
   <x:si>
-    <x:t>Superintendent (Vig.)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Sh. Rajinder Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>Superintendent (SZ)</x:t>
   </x:si>
   <x:si>
     <x:t>2830871</x:t>
   </x:si>
   <x:si>
     <x:t>305/307</x:t>
   </x:si>
   <x:si>
     <x:t>9418036135</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Rajesh Kimta</x:t>
   </x:si>
   <x:si>
     <x:t>Programmer (IT Cell)</x:t>
   </x:si>
   <x:si>
     <x:t>2830241</x:t>
   </x:si>
   <x:si>
     <x:t>404</x:t>
@@ -737,63 +713,63 @@
   <x:si>
     <x:t>PLANNING &amp; INVESTIGATION UNIT-I</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Rakesh Parashar</x:t>
   </x:si>
   <x:si>
     <x:t>S.E. (P&amp;I)-I</x:t>
   </x:si>
   <x:si>
     <x:t>2832989</x:t>
   </x:si>
   <x:si>
     <x:t>201</x:t>
   </x:si>
   <x:si>
     <x:t>2832980</x:t>
   </x:si>
   <x:si>
     <x:t>7018170772</x:t>
   </x:si>
   <x:si>
     <x:t>sejalbhawan@yahoo.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Basant Singh</x:t>
+    <x:t>Er. Vinod Kumar Negi</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. (Design-I)</x:t>
   </x:si>
   <x:si>
     <x:t>2832983</x:t>
   </x:si>
   <x:si>
     <x:t>204</x:t>
   </x:si>
   <x:si>
-    <x:t>8219894254</x:t>
+    <x:t>9816652366</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Ravi Kant Sharma</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. (Design-II)</x:t>
   </x:si>
   <x:si>
     <x:t>210</x:t>
   </x:si>
   <x:si>
     <x:t>9418482118</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Neerja Gupta</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. (LO)</x:t>
   </x:si>
   <x:si>
     <x:t>216</x:t>
   </x:si>
   <x:si>
     <x:t>9418349749</x:t>
   </x:si>
@@ -860,122 +836,125 @@
   <x:si>
     <x:t>221903</x:t>
   </x:si>
   <x:si>
     <x:t>9418301809</x:t>
   </x:si>
   <x:si>
     <x:t>encphpjsv@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>NATIONAL HYDROLOGY PROJECT (STD CODE-0177)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Sumit Sood</x:t>
   </x:si>
   <x:si>
     <x:t>S.E cum Nodal Officer (NHP)</x:t>
   </x:si>
   <x:si>
     <x:t>2658166</x:t>
   </x:si>
   <x:si>
     <x:t>8988107860</x:t>
   </x:si>
   <x:si>
+    <x:t>Er. Anil Kumar Jaswal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.E. Hydrology C&amp;M Division Tutikandi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9418186222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eehydro@yahoo.in</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ms. Manju</x:t>
   </x:si>
   <x:si>
     <x:t>PA to ENC (P)</x:t>
   </x:si>
   <x:si>
     <x:t>9418432550</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Anil Kumar Jaswal</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Er. Virender Pathania</x:t>
   </x:si>
   <x:si>
     <x:t>9418452654</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Praveen Gupta</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. (PIU)</x:t>
   </x:si>
   <x:si>
     <x:t>9816369129</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Upender Vaidya*</x:t>
   </x:si>
   <x:si>
     <x:t>Chief Engineer (PMU) HP RWSP (Mandi)</x:t>
   </x:si>
   <x:si>
     <x:t>221904</x:t>
   </x:si>
   <x:si>
     <x:t>9418200009</x:t>
   </x:si>
   <x:si>
     <x:t>cepmuiph@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>PA to CE (PMU)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Anil Verma*</x:t>
   </x:si>
   <x:si>
     <x:t>Deputy Project Director (AFD)</x:t>
   </x:si>
   <x:si>
     <x:t>9418023794</x:t>
   </x:si>
   <x:si>
     <x:t>Deputy Project Director (NDB)</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Yogesh Kumar</x:t>
+    <x:t>Er. Prakash Chand</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. (PMU Mandi)</x:t>
   </x:si>
   <x:si>
+    <x:t>9418180621</x:t>
+  </x:si>
+  <x:si>
     <x:t>Er. Munish Sharma</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. (PIU JSV Zone Shimla)</x:t>
   </x:si>
   <x:si>
     <x:t>9418453805</x:t>
   </x:si>
   <x:si>
     <x:t>CHIEF ENGINEER SHIMLA ZONE (STD CODE-0177)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Mukesh Kumar Hira</x:t>
   </x:si>
   <x:si>
     <x:t>Chief Engineer</x:t>
   </x:si>
   <x:si>
     <x:t>2832996</x:t>
   </x:si>
   <x:si>
     <x:t>301</x:t>
   </x:si>
   <x:si>
     <x:t>7018703682</x:t>
@@ -1037,63 +1016,63 @@
   <x:si>
     <x:t>2832830</x:t>
   </x:si>
   <x:si>
     <x:t>303</x:t>
   </x:si>
   <x:si>
     <x:t>9418375011</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Inder Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>PA to LO (SZ)</x:t>
   </x:si>
   <x:si>
     <x:t>317</x:t>
   </x:si>
   <x:si>
     <x:t>7018734187</x:t>
   </x:si>
   <x:si>
     <x:t>JSV CIRCLE SHIMLA-9 (STD CODE SHIMLA/SUNNI-0177, MATIANA/NERWA-01783)</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Bhim Singh Thakur</x:t>
+    <x:t>Er. Arun Sharma</x:t>
   </x:si>
   <x:si>
     <x:t>S.E. Shimla-9</x:t>
   </x:si>
   <x:si>
     <x:t>2620380</x:t>
   </x:si>
   <x:si>
     <x:t>2625913</x:t>
   </x:si>
   <x:si>
-    <x:t>9418030722</x:t>
+    <x:t>9418077520</x:t>
   </x:si>
   <x:si>
     <x:t>seiphs9@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Umesh Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>8219747448</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Vinod Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Div. No-I Shimla-9</x:t>
   </x:si>
   <x:si>
     <x:t>2620591</x:t>
   </x:si>
   <x:si>
     <x:t>8628069800</x:t>
   </x:si>
   <x:si>
     <x:t>kasumptidivision@gmail.com</x:t>
   </x:si>
@@ -1283,62 +1262,59 @@
   <x:si>
     <x:t>240436</x:t>
   </x:si>
   <x:si>
     <x:t>8219561208</x:t>
   </x:si>
   <x:si>
     <x:t>division.nohradhar@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Pradeep Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Shillai</x:t>
   </x:si>
   <x:si>
     <x:t>278555</x:t>
   </x:si>
   <x:si>
     <x:t>9418110135</x:t>
   </x:si>
   <x:si>
     <x:t>eeiphshillai@gmail.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Joginder Singh</x:t>
+    <x:t>Er.</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Rajgarh</x:t>
   </x:si>
   <x:si>
     <x:t>299001</x:t>
   </x:si>
   <x:si>
-    <x:t>9418086465</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>jsvdivisionrajgarh98@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>JSV CIRCLE SOLAN (STD CODE-SOLAN/DHARAMPUR-01792, NALAGARH/BADDI-01795, ARKI-01796)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Sanjeev Kumar Soni</x:t>
   </x:si>
   <x:si>
     <x:t>S.E. Solan</x:t>
   </x:si>
   <x:si>
     <x:t>227166</x:t>
   </x:si>
   <x:si>
     <x:t>9418070810</x:t>
   </x:si>
   <x:si>
     <x:t>seiphsolan@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Mahesh Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>227167</x:t>
@@ -1427,56 +1403,50 @@
   <x:si>
     <x:t>JSV CIRCLE R/PEO (STD CODE-01786, POOH-01785, RAMPUR-01782, KAZA-01906)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Rajinder Singh</x:t>
   </x:si>
   <x:si>
     <x:t>S.E. ReckongPeo</x:t>
   </x:si>
   <x:si>
     <x:t>222579</x:t>
   </x:si>
   <x:si>
     <x:t>263572</x:t>
   </x:si>
   <x:si>
     <x:t>223574</x:t>
   </x:si>
   <x:si>
     <x:t>7018326036</x:t>
   </x:si>
   <x:si>
     <x:t>seirrg_peo@yahoo.co.in</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Budhi Singh</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Er. Abhishek Sharma</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. ReckongPeo</x:t>
   </x:si>
   <x:si>
     <x:t>222229</x:t>
   </x:si>
   <x:si>
     <x:t>222230</x:t>
   </x:si>
   <x:si>
     <x:t>9816951983</x:t>
   </x:si>
   <x:si>
     <x:t>xeniphrpeo@yahoo.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Rashbir Negi</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Rampur</x:t>
   </x:si>
   <x:si>
     <x:t>233125</x:t>
@@ -1556,57 +1526,57 @@
   <x:si>
     <x:t>Er. Adarsh Bhota</x:t>
   </x:si>
   <x:si>
     <x:t>AGM (Sewerage SJPNL)</x:t>
   </x:si>
   <x:si>
     <x:t>2650313</x:t>
   </x:si>
   <x:si>
     <x:t>agmwd.sjpnl4@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Dinesh Kumar Bhardwaj</x:t>
   </x:si>
   <x:si>
     <x:t>AGM (Bulk Water Supply)</x:t>
   </x:si>
   <x:si>
     <x:t>8219423441</x:t>
   </x:si>
   <x:si>
     <x:t>agmbws.sjpnl@gmail.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Vinod Kumar Negi</x:t>
+    <x:t>Er. Basant Rathore</x:t>
   </x:si>
   <x:si>
     <x:t>AGM</x:t>
   </x:si>
   <x:si>
-    <x:t>9816652366</x:t>
+    <x:t>9418045638</x:t>
   </x:si>
   <x:si>
     <x:t>CHIEF ENGINEER DHARAMSHALA ZONE (STD CODE-01892)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Deepak Garg</x:t>
   </x:si>
   <x:si>
     <x:t>224990</x:t>
   </x:si>
   <x:si>
     <x:t>223291</x:t>
   </x:si>
   <x:si>
     <x:t>226796</x:t>
   </x:si>
   <x:si>
     <x:t>9816573293</x:t>
   </x:si>
   <x:si>
     <x:t>ceiphnz@yahoo.co.in</x:t>
   </x:si>
   <x:si>
     <x:t>Sh. Prithi Singh</x:t>
   </x:si>
@@ -1616,170 +1586,179 @@
   <x:si>
     <x:t>9418331235</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Rajesh Kanungo</x:t>
   </x:si>
   <x:si>
     <x:t>S.E. (D)</x:t>
   </x:si>
   <x:si>
     <x:t>223283</x:t>
   </x:si>
   <x:si>
     <x:t>226099</x:t>
   </x:si>
   <x:si>
     <x:t>9418073912</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Sanjay Acharya*</x:t>
   </x:si>
   <x:si>
     <x:t>223289</x:t>
   </x:si>
   <x:si>
+    <x:t>Er. Sanjeev Vohra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.E. (Design–II)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7018600012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JSV CIRCLE DEHRA (STD CODE-01970, PRAGPUR-01970)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Jitender Garg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S.E. Dehra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9418473100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sejscdehra@gmail.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JSV CIRCLE DHARAMSHALA (STD CODE-01892, PALAMPUR/THURAL-01894, SHAHPUR-01892)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Vishal Jaswal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S.E. Dharamshala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9816428999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>seiphdharamshala@yahoo.co.in</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Sumeet Vimal Katoch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7018104584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.E. Dharamshala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eedharamshala@yahoo.co.in</x:t>
+  </x:si>
+  <x:si>
     <x:t>Er. Anil Kumar</x:t>
   </x:si>
   <x:si>
-    <x:t>E.E. (Design–II)</x:t>
-[...59 lines deleted...]
-    <x:t>eedharamshala@yahoo.co.in</x:t>
+    <x:t>E.E. Dehra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>233118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7018607871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>xeniphdehra@gmail.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Amit Dogra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.E. Shahpur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7018223959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eeiphshahpur@yahoo.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Pyare Lal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.E. Pragpur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9816810048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>xeniphpragpur@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Aneesh Thakur</x:t>
   </x:si>
   <x:si>
-    <x:t>E.E. Dehra</x:t>
-[...2 lines deleted...]
-    <x:t>233118</x:t>
+    <x:t>E.E. Jwalamukhi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290780</x:t>
   </x:si>
   <x:si>
     <x:t>9817070870</x:t>
   </x:si>
   <x:si>
-    <x:t>xeniphdehra@gmail.com</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>xenjsvjwalamukhi024@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Vivek Thakur</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Nagrota</x:t>
   </x:si>
   <x:si>
     <x:t>251256</x:t>
   </x:si>
   <x:si>
     <x:t>7018323133</x:t>
   </x:si>
   <x:si>
     <x:t>xeniphnagrota@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Pankaj Vyas</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Palampur</x:t>
   </x:si>
   <x:si>
     <x:t>230210</x:t>
@@ -1844,111 +1823,108 @@
   <x:si>
     <x:t>jalshaktidivisionkangra@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>JSV CIRCLE NURPUR (STD CODE INDORA/JAWALI-01893, DEHRA-01970)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Sanjay Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>S.E. Nurpur</x:t>
   </x:si>
   <x:si>
     <x:t>220194</x:t>
   </x:si>
   <x:si>
     <x:t>220195</x:t>
   </x:si>
   <x:si>
     <x:t>9816320270</x:t>
   </x:si>
   <x:si>
     <x:t>seiphnurpur@gmail.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Er.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>220203</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Anand Blouria</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Nurpur</x:t>
   </x:si>
   <x:si>
     <x:t>220014</x:t>
   </x:si>
   <x:si>
     <x:t>9459311079</x:t>
   </x:si>
   <x:si>
     <x:t>xeniphnpr@rediffmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Anand Blouria*</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Indora</x:t>
   </x:si>
   <x:si>
     <x:t>241238</x:t>
   </x:si>
   <x:si>
     <x:t>241240</x:t>
   </x:si>
   <x:si>
     <x:t>xenjsvindora@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Jawali</x:t>
   </x:si>
   <x:si>
     <x:t>263313</x:t>
   </x:si>
   <x:si>
     <x:t>263312</x:t>
   </x:si>
   <x:si>
     <x:t>xeniphjawali@yahoo.co.in</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Sanjeev Vohra</x:t>
+    <x:t>Er. Haminder Chona</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Phina Singh Project</x:t>
   </x:si>
   <x:si>
     <x:t>220081</x:t>
   </x:si>
   <x:si>
     <x:t>220082</x:t>
   </x:si>
   <x:si>
-    <x:t>7018600012</x:t>
+    <x:t>9418111612</x:t>
   </x:si>
   <x:si>
     <x:t>eephinasinghmip@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Vipan Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Fatehpur</x:t>
   </x:si>
   <x:si>
     <x:t>256609</x:t>
   </x:si>
   <x:si>
     <x:t>9418065090</x:t>
   </x:si>
   <x:si>
     <x:t>xeniphftr@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Devinder Singh</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. SNP-S/terrace</x:t>
   </x:si>
@@ -2049,62 +2025,56 @@
   <x:si>
     <x:t>233234</x:t>
   </x:si>
   <x:si>
     <x:t>7807155662</x:t>
   </x:si>
   <x:si>
     <x:t>eeiph_salooni@yahoo.in</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Kewal Sharma</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Tissa at Bhanjraru</x:t>
   </x:si>
   <x:si>
     <x:t>227063</x:t>
   </x:si>
   <x:si>
     <x:t>8219881798</x:t>
   </x:si>
   <x:si>
     <x:t>xeniphtissa@gmail.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Haminder Chona</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>E.E. Bharmour</x:t>
   </x:si>
   <x:si>
     <x:t>225041</x:t>
   </x:si>
   <x:si>
-    <x:t>9418111612</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>eejsvbharmour@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Ram Rattan</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Killar (Pangi)</x:t>
   </x:si>
   <x:si>
     <x:t>242243</x:t>
   </x:si>
   <x:si>
     <x:t>9882695105</x:t>
   </x:si>
   <x:si>
     <x:t>eejalshaktidivisionkillar@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>CHIEF ENGINEER MANDI ZONE (STD CODE-01905)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Upender Vaidya</x:t>
   </x:si>
   <x:si>
     <x:t>223282</x:t>
@@ -2118,182 +2088,176 @@
   <x:si>
     <x:t>PA to CE (Mandi Zone)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Hemant Puri</x:t>
   </x:si>
   <x:si>
     <x:t>S.E. (Design)</x:t>
   </x:si>
   <x:si>
     <x:t>223987</x:t>
   </x:si>
   <x:si>
     <x:t>9418221513</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Satya Sharma</x:t>
   </x:si>
   <x:si>
     <x:t>223971</x:t>
   </x:si>
   <x:si>
     <x:t>9418057744</x:t>
   </x:si>
   <x:si>
+    <x:t>E.E.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Komal Sharma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7831895679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JSV CIRCLE KULLU (STD CODE-01902, KEYLONG-01900, ANNI-01904)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Vinod Thakur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S.E. Kullu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>230533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>230137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9418474184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iphkullu@yahoo.in</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Rajneesh Onkar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9418131091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Amit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.E. Kullu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7018920143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>divisionkullu1@gmail.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Er. Ajay Gupta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.E. Keylong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7018877833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eekeylong@gmail.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Er. Gaurav Sharma</x:t>
   </x:si>
   <x:si>
-    <x:t>E.E.</x:t>
+    <x:t>E.E. Larji</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260365</x:t>
   </x:si>
   <x:si>
     <x:t>8219328178</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Komal Sharma</x:t>
-[...85 lines deleted...]
-  <x:si>
     <x:t>eeiphshamshi@yahoo.in</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Kishore Kumar</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Anni</x:t>
   </x:si>
   <x:si>
     <x:t>253339</x:t>
   </x:si>
   <x:si>
     <x:t>253232</x:t>
   </x:si>
   <x:si>
     <x:t>253329</x:t>
   </x:si>
   <x:si>
     <x:t>8219637084</x:t>
   </x:si>
   <x:si>
     <x:t>xeniphani@yahoo.in</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Arun Sharma</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>E.E. Katrain (Manali)</x:t>
   </x:si>
   <x:si>
     <x:t>293515</x:t>
   </x:si>
   <x:si>
-    <x:t>9418077520</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>eekatrain@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>JSV CIRCLE S/NAGAR (STD CODE-01907, PADHAR-01908, MANDI/BAGGI-01905)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Raj Kumar Saini</x:t>
   </x:si>
   <x:si>
     <x:t>S.E. Sundernagar</x:t>
   </x:si>
   <x:si>
     <x:t>262422</x:t>
   </x:si>
   <x:si>
     <x:t>265153</x:t>
   </x:si>
   <x:si>
     <x:t>262468</x:t>
   </x:si>
   <x:si>
     <x:t>7018700541</x:t>
   </x:si>
   <x:si>
     <x:t>seiphsnr@yahoo.com</x:t>
@@ -2337,75 +2301,78 @@
   <x:si>
     <x:t>iphmnd@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Rakesh Kumar Thakur</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Padhar</x:t>
   </x:si>
   <x:si>
     <x:t>260245</x:t>
   </x:si>
   <x:si>
     <x:t>260415</x:t>
   </x:si>
   <x:si>
     <x:t>260246</x:t>
   </x:si>
   <x:si>
     <x:t>9418477859</x:t>
   </x:si>
   <x:si>
     <x:t>eeiphpadhar@gmail.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Krishan Kumar Sharma*</x:t>
+    <x:t>Er. Krishan Kumar Sharma</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Baggi</x:t>
   </x:si>
   <x:si>
     <x:t>245225</x:t>
   </x:si>
   <x:si>
     <x:t>244194</x:t>
   </x:si>
   <x:si>
     <x:t>7018939221</x:t>
   </x:si>
   <x:si>
     <x:t>eeiphbgi@gmail.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Er. Krishan Kumar Sharma</x:t>
+    <x:t>Er. Budhi Singh</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Karsog</x:t>
   </x:si>
   <x:si>
     <x:t>222859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8091701720</x:t>
   </x:si>
   <x:si>
     <x:t>eeiphkarsog@yahoo.co.in</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Sandeep Kant Sharma</x:t>
   </x:si>
   <x:si>
     <x:t>E.E. Thunag</x:t>
   </x:si>
   <x:si>
     <x:t>257845</x:t>
   </x:si>
   <x:si>
     <x:t>9418215507</x:t>
   </x:si>
   <x:si>
     <x:t>eeiphthunag@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>CHIEF ENGINEER HAMIRPUR ZONE (STD CODE-01972)</x:t>
   </x:si>
   <x:si>
     <x:t>Er. Rohit Dubey</x:t>
   </x:si>
@@ -2936,52 +2903,52 @@
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="TelephoneDirectory" displayName="TelephoneDirectory" ref="A1:I206" totalsRowShown="0">
-  <x:autoFilter ref="A1:I206"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="TelephoneDirectory" displayName="TelephoneDirectory" ref="A1:I203" totalsRowShown="0">
+  <x:autoFilter ref="A1:I203"/>
   <x:tableColumns count="9">
     <x:tableColumn id="1" name="Section"/>
     <x:tableColumn id="2" name="Name"/>
     <x:tableColumn id="3" name="Designation"/>
     <x:tableColumn id="4" name="Phone Office"/>
     <x:tableColumn id="5" name="Fax/PBX"/>
     <x:tableColumn id="6" name="Phone Residence"/>
     <x:tableColumn id="7" name="Mobile"/>
     <x:tableColumn id="8" name="Email"/>
     <x:tableColumn id="9" name="r_sec_display_order"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -3244,51 +3211,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:I206"/>
+  <x:dimension ref="A1:I203"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
@@ -3583,4467 +3550,4395 @@
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I23" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I24" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I25" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I26" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I27" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I28" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I29" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I30" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I31" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I32" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I33" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I34" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I35" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I36" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I37" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I38" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I39" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I40" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I41" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I42" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I43" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H44" s="0" t="s">
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I44" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I45" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="G46" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I46" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I47" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9">
       <x:c r="A48" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H48" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I48" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9">
       <x:c r="A49" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>231</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I49" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9">
       <x:c r="A50" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E50" s="0" t="s">
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>226</x:v>
-[...2 lines deleted...]
-        <x:v>227</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I50" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9">
       <x:c r="A51" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>233</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I51" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9">
       <x:c r="A52" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D52" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>238</x:v>
-[...2 lines deleted...]
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>240</x:v>
-[...2 lines deleted...]
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I52" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9">
       <x:c r="A53" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I53" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9">
       <x:c r="A54" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>249</x:v>
-[...2 lines deleted...]
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I54" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9">
       <x:c r="A55" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I55" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9">
       <x:c r="A56" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>260</x:v>
-[...2 lines deleted...]
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I56" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9">
       <x:c r="A57" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>258</x:v>
-[...2 lines deleted...]
-        <x:v>263</x:v>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="G57" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I57" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9">
       <x:c r="A58" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>258</x:v>
-[...2 lines deleted...]
-        <x:v>266</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I58" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9">
       <x:c r="A59" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>258</x:v>
-[...2 lines deleted...]
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I59" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9">
       <x:c r="A60" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>276</x:v>
-[...2 lines deleted...]
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I60" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9">
       <x:c r="A61" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>280</x:v>
-[...2 lines deleted...]
-        <x:v>281</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I61" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9">
       <x:c r="A62" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>284</x:v>
-[...2 lines deleted...]
-        <x:v>275</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I62" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9">
       <x:c r="A63" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I63" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9">
       <x:c r="A64" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>269</x:v>
-[...2 lines deleted...]
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I64" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9">
       <x:c r="A65" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I65" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9">
       <x:c r="A66" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>298</x:v>
-[...2 lines deleted...]
-        <x:v>299</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I66" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9">
       <x:c r="A67" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="G67" s="0" t="s">
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I67" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9">
       <x:c r="A68" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C68" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C68" s="0" t="s">
+      <x:c r="G68" s="0" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
       <x:c r="I68" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9">
       <x:c r="A69" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E69" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I69" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9">
       <x:c r="A70" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
+      <x:c r="E70" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="G70" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
       <x:c r="I70" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9">
       <x:c r="A71" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E71" s="0" t="s">
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I71" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9">
       <x:c r="A72" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>312</x:v>
-[...5 lines deleted...]
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>315</x:v>
-[...2 lines deleted...]
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I72" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9">
       <x:c r="A73" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>318</x:v>
-[...5 lines deleted...]
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I73" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9">
       <x:c r="A74" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I74" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9">
       <x:c r="A75" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
+      <x:c r="E75" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I75" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9">
       <x:c r="A76" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E76" s="0" t="s">
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H76" s="0" t="s">
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I76" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9">
       <x:c r="A77" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>334</x:v>
-[...2 lines deleted...]
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I77" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9">
       <x:c r="A78" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>334</x:v>
-[...2 lines deleted...]
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H78" s="0" t="s">
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I78" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9">
       <x:c r="A79" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>344</x:v>
-[...2 lines deleted...]
-        <x:v>345</x:v>
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F79" s="0" t="s">
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I79" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9">
       <x:c r="A80" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="H80" s="0" t="s">
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I80" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9">
       <x:c r="A81" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I81" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9">
       <x:c r="A82" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E82" s="0" t="s">
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I82" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9">
       <x:c r="A83" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-        <x:v>365</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I83" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9">
       <x:c r="A84" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I84" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9">
       <x:c r="A85" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>375</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I85" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9">
       <x:c r="A86" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E86" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="F86" s="0" t="s">
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I86" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9">
       <x:c r="A87" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>384</x:v>
-[...8 lines deleted...]
-        <x:v>387</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I87" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9">
       <x:c r="A88" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>390</x:v>
-[...2 lines deleted...]
-        <x:v>391</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I88" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9">
       <x:c r="A89" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>397</x:v>
-[...2 lines deleted...]
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I89" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9">
       <x:c r="A90" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="G90" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="H90" s="0" t="s">
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I90" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9">
       <x:c r="A91" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I91" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9">
       <x:c r="A92" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>410</x:v>
-[...5 lines deleted...]
-        <x:v>412</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I92" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9">
       <x:c r="A93" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I93" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9">
       <x:c r="A94" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>422</x:v>
-[...2 lines deleted...]
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I94" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9">
       <x:c r="A95" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I95" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9">
       <x:c r="A96" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I96" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9">
       <x:c r="A97" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I97" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9">
       <x:c r="A98" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I98" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9">
       <x:c r="A99" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>445</x:v>
-[...2 lines deleted...]
-        <x:v>446</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I99" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9">
       <x:c r="A100" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
+        <x:v>461</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I100" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9">
       <x:c r="A101" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>455</x:v>
-[...8 lines deleted...]
-        <x:v>458</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I101" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9">
       <x:c r="A102" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I102" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9">
       <x:c r="A103" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>467</x:v>
-[...2 lines deleted...]
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I103" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9">
       <x:c r="A104" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I104" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9">
       <x:c r="A105" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>476</x:v>
-[...2 lines deleted...]
-        <x:v>477</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I105" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9">
       <x:c r="A106" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>482</x:v>
-[...2 lines deleted...]
-        <x:v>483</x:v>
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="E106" s="0" t="s">
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I106" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9">
       <x:c r="A107" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>487</x:v>
-[...5 lines deleted...]
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>490</x:v>
-[...2 lines deleted...]
-        <x:v>491</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I107" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9">
       <x:c r="A108" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I108" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9">
       <x:c r="A109" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>499</x:v>
-[...5 lines deleted...]
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I109" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9">
       <x:c r="A110" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="I110" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9">
       <x:c r="A111" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I111" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9">
       <x:c r="A112" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C112" s="0" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="E112" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C112" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>513</x:v>
-[...2 lines deleted...]
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="I112" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9">
       <x:c r="A113" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I113" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9">
       <x:c r="A114" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>520</x:v>
-[...10 lines deleted...]
-      <x:c r="H114" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I114" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9">
       <x:c r="A115" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="E115" s="0" t="s">
-        <x:v>521</x:v>
+      <x:c r="F115" s="0" t="s">
+        <x:v>527</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I115" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9">
       <x:c r="A116" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>530</x:v>
-[...2 lines deleted...]
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="H116" s="0" t="s">
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I116" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9">
       <x:c r="A117" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="F117" s="0" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="G117" s="0" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I117" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9">
       <x:c r="A118" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>530</x:v>
-[...2 lines deleted...]
-        <x:v>537</x:v>
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
+        <x:v>543</x:v>
       </x:c>
       <x:c r="I118" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9">
       <x:c r="A119" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>541</x:v>
-[...2 lines deleted...]
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I119" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9">
       <x:c r="A120" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I120" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9">
       <x:c r="A121" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
+        <x:v>556</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I121" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9">
       <x:c r="A122" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>554</x:v>
-[...2 lines deleted...]
-        <x:v>555</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I122" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9">
       <x:c r="A123" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="I123" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9">
       <x:c r="A124" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I124" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9">
       <x:c r="A125" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>569</x:v>
-[...2 lines deleted...]
-        <x:v>570</x:v>
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="E125" s="0" t="s">
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="I125" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9">
       <x:c r="A126" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I126" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9">
       <x:c r="A127" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>577</x:v>
-[...2 lines deleted...]
-        <x:v>578</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I127" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9">
       <x:c r="A128" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>582</x:v>
-[...5 lines deleted...]
-        <x:v>584</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="I128" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9">
       <x:c r="A129" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>588</x:v>
-[...2 lines deleted...]
-        <x:v>589</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I129" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9">
       <x:c r="A130" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="E130" s="0" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="F130" s="0" t="s">
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I130" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9">
       <x:c r="A131" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>597</x:v>
-[...5 lines deleted...]
-        <x:v>599</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I131" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9">
       <x:c r="A132" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>607</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="I132" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9">
       <x:c r="A133" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>607</x:v>
-[...2 lines deleted...]
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="G133" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="G133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I133" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9">
       <x:c r="A134" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="G134" s="0" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="H134" s="0" t="s">
+        <x:v>618</x:v>
       </x:c>
       <x:c r="I134" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9">
       <x:c r="A135" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>622</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="I135" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9">
       <x:c r="A136" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>620</x:v>
-[...2 lines deleted...]
-        <x:v>621</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="I136" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9">
       <x:c r="A137" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I137" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9">
-      <x:c r="A138" s="0" t="s">
-        <x:v>604</x:v>
+      <x:c r="A138" s="1" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="E138" s="0" t="s">
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I138" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9">
-      <x:c r="A139" s="0" t="s">
-        <x:v>604</x:v>
+      <x:c r="A139" s="1" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="I139" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:9">
+      <x:c r="A140" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="H139" s="0" t="s">
-[...9 lines deleted...]
-      </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>640</x:v>
-[...8 lines deleted...]
-        <x:v>643</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I140" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9">
       <x:c r="A141" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>647</x:v>
-[...2 lines deleted...]
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="I141" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9">
       <x:c r="A142" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="H142" s="0" t="s">
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I142" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9">
       <x:c r="A143" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="G143" s="0" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>665</x:v>
       </x:c>
       <x:c r="I143" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9">
       <x:c r="A144" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>659</x:v>
-[...2 lines deleted...]
-        <x:v>660</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="I144" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9">
       <x:c r="A145" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="I145" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9">
       <x:c r="A146" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>670</x:v>
-[...2 lines deleted...]
-        <x:v>671</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I146" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9">
-      <x:c r="A147" s="1" t="s">
-        <x:v>644</x:v>
+      <x:c r="A147" s="0" t="s">
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="E147" s="0" t="s">
+        <x:v>682</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I147" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9">
-      <x:c r="A148" s="1" t="s">
-        <x:v>644</x:v>
+      <x:c r="A148" s="0" t="s">
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C148" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="I148" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:9">
+      <x:c r="A149" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="C148" s="0" t="s">
-[...18 lines deleted...]
-      </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>687</x:v>
-[...1 lines deleted...]
-      <x:c r="H149" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I149" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:9">
       <x:c r="A150" s="0" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="B150" s="0" t="s">
+      <x:c r="C150" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C150" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D150" s="0" t="s">
+      <x:c r="G150" s="0" t="s">
         <x:v>691</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
       <x:c r="I150" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:9">
       <x:c r="A151" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I151" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:9">
       <x:c r="A152" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>696</x:v>
-[...2 lines deleted...]
-        <x:v>697</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="I152" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:9">
       <x:c r="A153" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="C153" s="0" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="D153" s="0" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="E153" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="C153" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D153" s="0" t="s">
+      <x:c r="F153" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>702</x:v>
+      </x:c>
       <x:c r="I153" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:9">
       <x:c r="A154" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="I154" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:9">
       <x:c r="A155" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="E155" s="0" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="F155" s="0" t="s">
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>710</x:v>
       </x:c>
       <x:c r="I155" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:9">
       <x:c r="A156" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I156" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:9">
       <x:c r="A157" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="D157" s="0" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="E157" s="0" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="F157" s="0" t="s">
+        <x:v>722</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I157" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:9">
       <x:c r="A158" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="I158" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:9">
       <x:c r="A159" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>725</x:v>
-[...8 lines deleted...]
-        <x:v>728</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="I159" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:9">
       <x:c r="A160" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="G160" s="0" t="s">
+        <x:v>741</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="I160" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:9">
       <x:c r="A161" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>737</x:v>
-[...11 lines deleted...]
-        <x:v>741</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="I161" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:9">
       <x:c r="A162" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="F162" s="0" t="s">
+        <x:v>747</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I162" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:9">
       <x:c r="A163" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>750</x:v>
-[...2 lines deleted...]
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="I163" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:9">
       <x:c r="A164" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="E164" s="0" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="F164" s="0" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="G164" s="0" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="H164" s="0" t="s">
+        <x:v>762</x:v>
       </x:c>
       <x:c r="I164" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:9">
       <x:c r="A165" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="I165" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:9">
       <x:c r="A166" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>764</x:v>
-[...2 lines deleted...]
-        <x:v>765</x:v>
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="E166" s="0" t="s">
+        <x:v>771</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="I166" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:9">
       <x:c r="A167" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>770</x:v>
-[...5 lines deleted...]
-        <x:v>772</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="I167" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:9">
       <x:c r="A168" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="E168" s="0" t="s">
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I168" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:9">
       <x:c r="A169" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="C169" s="0" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="C169" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>779</x:v>
-[...2 lines deleted...]
-        <x:v>784</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="I169" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:9">
       <x:c r="A170" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="E170" s="0" t="s">
+        <x:v>791</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>788</x:v>
-[...2 lines deleted...]
-        <x:v>789</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="I170" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:9">
       <x:c r="A171" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>312</x:v>
-[...14 lines deleted...]
-        <x:v>796</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I171" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:9">
       <x:c r="A172" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>798</x:v>
-[...2 lines deleted...]
-        <x:v>792</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I172" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:9">
       <x:c r="A173" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>696</x:v>
-[...8 lines deleted...]
-        <x:v>803</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I173" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:9">
       <x:c r="A174" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="E174" s="0" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="F174" s="0" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="G174" s="0" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="H174" s="0" t="s">
+        <x:v>800</x:v>
       </x:c>
       <x:c r="I174" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:9">
       <x:c r="A175" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D175" s="0" t="s">
+        <x:v>802</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="I175" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:9">
       <x:c r="A176" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="D176" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="E176" s="0" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="F176" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="G176" s="0" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="H176" s="0" t="s">
+        <x:v>808</x:v>
       </x:c>
       <x:c r="I176" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:9">
       <x:c r="A177" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>809</x:v>
-[...2 lines deleted...]
-        <x:v>810</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="I177" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:9">
       <x:c r="A178" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="H178" s="0" t="s">
+        <x:v>818</x:v>
       </x:c>
       <x:c r="I178" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:9">
       <x:c r="A179" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>815</x:v>
-[...8 lines deleted...]
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="I179" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:9">
       <x:c r="A180" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>822</x:v>
-[...5 lines deleted...]
-        <x:v>823</x:v>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="G180" s="0" t="s">
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="I180" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:9">
       <x:c r="A181" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="I181" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:9">
       <x:c r="A182" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>832</x:v>
-[...2 lines deleted...]
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="I182" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:9">
       <x:c r="A183" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="E183" s="0" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>839</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I183" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:9">
       <x:c r="A184" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="I184" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:9">
       <x:c r="A185" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>269</x:v>
-[...2 lines deleted...]
-        <x:v>846</x:v>
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>849</x:v>
       </x:c>
       <x:c r="I185" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:9">
       <x:c r="A186" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="I186" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:9">
       <x:c r="A187" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>855</x:v>
-[...5 lines deleted...]
-        <x:v>857</x:v>
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="F187" s="0" t="s">
+        <x:v>859</x:v>
       </x:c>
       <x:c r="I187" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:9">
       <x:c r="A188" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="F188" s="0" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="G188" s="0" t="s">
+        <x:v>864</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="I188" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:9">
       <x:c r="A189" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I189" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:9">
       <x:c r="A190" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>869</x:v>
-[...2 lines deleted...]
-        <x:v>870</x:v>
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="G190" s="0" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H190" s="0" t="s">
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I190" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:9">
       <x:c r="A191" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I191" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:9">
       <x:c r="A192" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>878</x:v>
-[...8 lines deleted...]
-        <x:v>881</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="I192" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:9">
       <x:c r="A193" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F193" s="0" t="s">
+        <x:v>890</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="I193" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:9">
       <x:c r="A194" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="E194" s="0" t="s">
+        <x:v>897</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="I194" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:9">
       <x:c r="A195" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="D195" s="0" t="s">
+        <x:v>896</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>896</x:v>
-[...2 lines deleted...]
-        <x:v>897</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="I195" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:9">
       <x:c r="A196" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>900</x:v>
-[...2 lines deleted...]
-        <x:v>901</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>902</x:v>
-[...2 lines deleted...]
-        <x:v>903</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="I196" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:9">
       <x:c r="A197" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="F197" s="0" t="s">
+      <x:c r="G197" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="G197" s="0" t="s">
+      <x:c r="H197" s="0" t="s">
         <x:v>910</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>911</x:v>
       </x:c>
       <x:c r="I197" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:9">
       <x:c r="A198" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="C198" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="C198" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="E198" s="0" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="F198" s="0" t="s">
+        <x:v>915</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="H198" s="0" t="s">
+        <x:v>917</x:v>
       </x:c>
       <x:c r="I198" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:9">
       <x:c r="A199" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>922</x:v>
       </x:c>
       <x:c r="I199" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:9">
       <x:c r="A200" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>918</x:v>
-[...8 lines deleted...]
-        <x:v>919</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="I200" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:9">
       <x:c r="A201" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>925</x:v>
-[...2 lines deleted...]
-        <x:v>926</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="I201" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:9">
       <x:c r="A202" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>932</x:v>
-[...2 lines deleted...]
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="I202" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:9">
       <x:c r="A203" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="D203" s="0" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="E203" s="0" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
+        <x:v>939</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="I203" s="0" t="n">
-        <x:v>25</x:v>
-[...73 lines deleted...]
-      <x:c r="I206" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Telephone Directory</vt:lpstr>
       <vt:lpstr>Telephone Directory!Print_Area</vt:lpstr>
       <vt:lpstr>Telephone Directory!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>